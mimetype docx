--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rIdim17iyokdbw9g6drknko0">
+      <w:hyperlink w:history="1" r:id="rIdk6byp1pgru9micp8j875_">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdp9pprx-she-kmeyk0rlze">
+      <w:hyperlink w:history="1" r:id="rIdtfu_w6261kngilja3wush">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdfscsfp0r9ijjqnakzgodh">
+      <w:hyperlink w:history="1" r:id="rIdn8pku_o-wroq7kctl8gjo">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdes7ohglntzbslbovqyjky">
+      <w:hyperlink w:history="1" r:id="rIdgfxtsad97vlc9q3vxjv0i">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdye3zjbnhi_d2nii8euy1x">
+      <w:hyperlink w:history="1" r:id="rIdfldl3vizqh5k02uxxea6k">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdqaf8nrvxcnahzpzitb44k">
+      <w:hyperlink w:history="1" r:id="rIdzjc1jexwpzoi0_kpqna02">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdim17iyokdbw9g6drknko0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdp9pprx-she-kmeyk0rlze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdfscsfp0r9ijjqnakzgodh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdes7ohglntzbslbovqyjky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdye3zjbnhi_d2nii8euy1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdqaf8nrvxcnahzpzitb44k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdk6byp1pgru9micp8j875_" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdtfu_w6261kngilja3wush" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdn8pku_o-wroq7kctl8gjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdgfxtsad97vlc9q3vxjv0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdfldl3vizqh5k02uxxea6k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdzjc1jexwpzoi0_kpqna02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>