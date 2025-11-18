--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rIdk6byp1pgru9micp8j875_">
+      <w:hyperlink w:history="1" r:id="rIdfxfrb3wcwm70wl9czosif">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdtfu_w6261kngilja3wush">
+      <w:hyperlink w:history="1" r:id="rIdpqst0mlmrvjyvqhbrvdsk">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdn8pku_o-wroq7kctl8gjo">
+      <w:hyperlink w:history="1" r:id="rIddjet6l78n-xttlv57csif">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdgfxtsad97vlc9q3vxjv0i">
+      <w:hyperlink w:history="1" r:id="rIdwnkbyqyfq95xkqtrjxzx7">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdfldl3vizqh5k02uxxea6k">
+      <w:hyperlink w:history="1" r:id="rIdkju31tslyoonvr7pc2fhd">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdzjc1jexwpzoi0_kpqna02">
+      <w:hyperlink w:history="1" r:id="rIddqahdvsw2d7ytnmykgqum">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdk6byp1pgru9micp8j875_" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdtfu_w6261kngilja3wush" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdn8pku_o-wroq7kctl8gjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdgfxtsad97vlc9q3vxjv0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdfldl3vizqh5k02uxxea6k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdzjc1jexwpzoi0_kpqna02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdfxfrb3wcwm70wl9czosif" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdpqst0mlmrvjyvqhbrvdsk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIddjet6l78n-xttlv57csif" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdwnkbyqyfq95xkqtrjxzx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdkju31tslyoonvr7pc2fhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIddqahdvsw2d7ytnmykgqum" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>