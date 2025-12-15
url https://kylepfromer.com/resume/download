--- v2 (2025-11-18)
+++ v3 (2025-12-15)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rIdfxfrb3wcwm70wl9czosif">
+      <w:hyperlink w:history="1" r:id="rIdyhbxey6f-htvsmxnezpc-">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdpqst0mlmrvjyvqhbrvdsk">
+      <w:hyperlink w:history="1" r:id="rIdgmrf6mjdppg3zxmdtgt2_">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIddjet6l78n-xttlv57csif">
+      <w:hyperlink w:history="1" r:id="rIdfvur2pjtedyekmx1rzl8m">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdwnkbyqyfq95xkqtrjxzx7">
+      <w:hyperlink w:history="1" r:id="rIdlrp-rkgmoyzhrj1gjgncx">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdkju31tslyoonvr7pc2fhd">
+      <w:hyperlink w:history="1" r:id="rIdckkt0mikcg9em9zizh38b">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIddqahdvsw2d7ytnmykgqum">
+      <w:hyperlink w:history="1" r:id="rIdkvol8cif3lhfjk9qffj6l">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdfxfrb3wcwm70wl9czosif" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdpqst0mlmrvjyvqhbrvdsk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIddjet6l78n-xttlv57csif" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdwnkbyqyfq95xkqtrjxzx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdkju31tslyoonvr7pc2fhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIddqahdvsw2d7ytnmykgqum" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdyhbxey6f-htvsmxnezpc-" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdgmrf6mjdppg3zxmdtgt2_" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdfvur2pjtedyekmx1rzl8m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdlrp-rkgmoyzhrj1gjgncx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdckkt0mikcg9em9zizh38b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdkvol8cif3lhfjk9qffj6l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>