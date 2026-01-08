--- v3 (2025-12-15)
+++ v4 (2026-01-08)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rIdyhbxey6f-htvsmxnezpc-">
+      <w:hyperlink w:history="1" r:id="rIdkhcrgjvqz9aiksvmh298v">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdgmrf6mjdppg3zxmdtgt2_">
+      <w:hyperlink w:history="1" r:id="rIdzrrg1w1hd14_qfch8mdhf">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdfvur2pjtedyekmx1rzl8m">
+      <w:hyperlink w:history="1" r:id="rIdamkpze58iigik4f8sckzl">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdlrp-rkgmoyzhrj1gjgncx">
+      <w:hyperlink w:history="1" r:id="rIdew8dm3gyowymq3yeekeuv">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdckkt0mikcg9em9zizh38b">
+      <w:hyperlink w:history="1" r:id="rId9onz4feoc02hxkkjrejsi">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdkvol8cif3lhfjk9qffj6l">
+      <w:hyperlink w:history="1" r:id="rIdgbuis6uvixtrexkqn-hhl">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdyhbxey6f-htvsmxnezpc-" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdgmrf6mjdppg3zxmdtgt2_" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdfvur2pjtedyekmx1rzl8m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdlrp-rkgmoyzhrj1gjgncx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdckkt0mikcg9em9zizh38b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdkvol8cif3lhfjk9qffj6l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdkhcrgjvqz9aiksvmh298v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdzrrg1w1hd14_qfch8mdhf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdamkpze58iigik4f8sckzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdew8dm3gyowymq3yeekeuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rId9onz4feoc02hxkkjrejsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdgbuis6uvixtrexkqn-hhl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>