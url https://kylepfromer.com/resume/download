--- v4 (2026-01-08)
+++ v5 (2026-02-04)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rIdkhcrgjvqz9aiksvmh298v">
+      <w:hyperlink w:history="1" r:id="rId6mhkxliihqx0s8k4p39wu">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdzrrg1w1hd14_qfch8mdhf">
+      <w:hyperlink w:history="1" r:id="rIduntv7t-ckp1kosvdgp9sb">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdamkpze58iigik4f8sckzl">
+      <w:hyperlink w:history="1" r:id="rIdqmabmk1iufnzavmfo_vip">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdew8dm3gyowymq3yeekeuv">
+      <w:hyperlink w:history="1" r:id="rIdmd645rspqtxnctzyghigv">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId9onz4feoc02hxkkjrejsi">
+      <w:hyperlink w:history="1" r:id="rIdzjrxrrn1_ue-iurg25o4b">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdgbuis6uvixtrexkqn-hhl">
+      <w:hyperlink w:history="1" r:id="rIduv0exuh9d5ag7_qasp5jv">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdkhcrgjvqz9aiksvmh298v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdzrrg1w1hd14_qfch8mdhf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdamkpze58iigik4f8sckzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdew8dm3gyowymq3yeekeuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rId9onz4feoc02hxkkjrejsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdgbuis6uvixtrexkqn-hhl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6mhkxliihqx0s8k4p39wu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIduntv7t-ckp1kosvdgp9sb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdqmabmk1iufnzavmfo_vip" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdmd645rspqtxnctzyghigv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdzjrxrrn1_ue-iurg25o4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIduv0exuh9d5ag7_qasp5jv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>