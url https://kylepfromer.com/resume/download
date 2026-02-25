--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId6mhkxliihqx0s8k4p39wu">
+      <w:hyperlink w:history="1" r:id="rId2_kkcx1wsvceopywtmdki">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIduntv7t-ckp1kosvdgp9sb">
+      <w:hyperlink w:history="1" r:id="rIdeujhpsvhi1slfxbhjq7_n">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdqmabmk1iufnzavmfo_vip">
+      <w:hyperlink w:history="1" r:id="rIdcduakfpybmjdbambqzdbt">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdmd645rspqtxnctzyghigv">
+      <w:hyperlink w:history="1" r:id="rIdw5rvf89e3ytc1x4agn7yb">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdzjrxrrn1_ue-iurg25o4b">
+      <w:hyperlink w:history="1" r:id="rIdsgzmvjyn71u4pasfhq4o0">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIduv0exuh9d5ag7_qasp5jv">
+      <w:hyperlink w:history="1" r:id="rIdxi3dms_0viatf-pbmlgny">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6mhkxliihqx0s8k4p39wu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIduntv7t-ckp1kosvdgp9sb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdqmabmk1iufnzavmfo_vip" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdmd645rspqtxnctzyghigv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdzjrxrrn1_ue-iurg25o4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIduv0exuh9d5ag7_qasp5jv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId2_kkcx1wsvceopywtmdki" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdeujhpsvhi1slfxbhjq7_n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdcduakfpybmjdbambqzdbt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdw5rvf89e3ytc1x4agn7yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdsgzmvjyn71u4pasfhq4o0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdxi3dms_0viatf-pbmlgny" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>