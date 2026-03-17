--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId2_kkcx1wsvceopywtmdki">
+      <w:hyperlink w:history="1" r:id="rIdmellflap46pjshnki1wtl">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdeujhpsvhi1slfxbhjq7_n">
+      <w:hyperlink w:history="1" r:id="rIdsu3c0q8adcyum-itruip-">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdcduakfpybmjdbambqzdbt">
+      <w:hyperlink w:history="1" r:id="rIdnxjkrjnqv3fedsg5xixpr">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdw5rvf89e3ytc1x4agn7yb">
+      <w:hyperlink w:history="1" r:id="rIdqrv4tnlrsk5h3qm6cxga-">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdsgzmvjyn71u4pasfhq4o0">
+      <w:hyperlink w:history="1" r:id="rId__ucagpacqjmlfwcltbl7">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdxi3dms_0viatf-pbmlgny">
+      <w:hyperlink w:history="1" r:id="rIdg9glmb_aicxtdqmfrtmru">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId2_kkcx1wsvceopywtmdki" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdeujhpsvhi1slfxbhjq7_n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdcduakfpybmjdbambqzdbt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdw5rvf89e3ytc1x4agn7yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdsgzmvjyn71u4pasfhq4o0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdxi3dms_0viatf-pbmlgny" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdmellflap46pjshnki1wtl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdsu3c0q8adcyum-itruip-" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdnxjkrjnqv3fedsg5xixpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdqrv4tnlrsk5h3qm6cxga-" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rId__ucagpacqjmlfwcltbl7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdg9glmb_aicxtdqmfrtmru" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>